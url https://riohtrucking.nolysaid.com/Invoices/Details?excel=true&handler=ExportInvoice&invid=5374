--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -220,51 +220,51 @@
   <si>
     <t>P13 - (323-30) Samara Sec 15</t>
   </si>
   <si>
     <t>24.29</t>
   </si>
   <si>
     <t>1971002341</t>
   </si>
   <si>
     <t>P13 - (323-1066) Lake Mija Section 4</t>
   </si>
   <si>
     <t>24.40</t>
   </si>
   <si>
     <t>1971002364</t>
   </si>
   <si>
     <t>24.23</t>
   </si>
   <si>
     <t>1971002379</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>1971002393</t>
   </si>
   <si>
     <t>24.31</t>
   </si>
   <si>
     <t>1971002408</t>
   </si>
   <si>
     <t>1971002415</t>
   </si>
   <si>
     <t>P13 - (323-1347) PCMUD 1 WP and Storage Facility</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>24.08</t>
   </si>
   <si>
     <t>1971002418</t>
   </si>