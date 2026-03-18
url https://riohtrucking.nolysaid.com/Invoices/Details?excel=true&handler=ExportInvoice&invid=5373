--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -181,51 +181,51 @@
   <si>
     <t>10PSSDA</t>
   </si>
   <si>
     <t>24.02</t>
   </si>
   <si>
     <t>1971002330</t>
   </si>
   <si>
     <t>P13 - (323-30) Samara Sec 15</t>
   </si>
   <si>
     <t>23.87</t>
   </si>
   <si>
     <t>1971002339</t>
   </si>
   <si>
     <t>23.95</t>
   </si>
   <si>
     <t>1971002349</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>23.88</t>
   </si>
   <si>
     <t>1971002366</t>
   </si>
   <si>
     <t>23.89</t>
   </si>
   <si>
     <t>1971002380</t>
   </si>
   <si>
     <t>1971002390</t>
   </si>
   <si>
     <t>P13 - (323-199) Bayou Lakes Sec 5</t>
   </si>
   <si>
     <t>23.84</t>
   </si>
   <si>
     <t>1971002402</t>
   </si>