--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -73,51 +73,51 @@
   <si>
     <t>Carlos Castillo (C Castillo Trucking)</t>
   </si>
   <si>
     <t>#Ticket</t>
   </si>
   <si>
     <t>Pugmill - Order</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Rate</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>1971002334</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>7PSSDB</t>
   </si>
   <si>
     <t>16.90</t>
   </si>
   <si>
     <t>1971002347</t>
   </si>
   <si>
     <t>P13 - (323-570) Vida Mar Rough Cut Detention</t>
   </si>
   <si>
     <t>10PSSDA</t>
   </si>
   <si>
     <t>16.85</t>
   </si>
   <si>
     <t>1971002362</t>
   </si>
   <si>
     <t>P13 - (323-30) Samara Sec 15</t>
   </si>