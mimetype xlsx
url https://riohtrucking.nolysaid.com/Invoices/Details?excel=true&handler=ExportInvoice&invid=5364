--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -109,51 +109,51 @@
   <si>
     <t>P13 - (323-506) PECAN RANCH SEC 2</t>
   </si>
   <si>
     <t>5PSSDB</t>
   </si>
   <si>
     <t>18.61</t>
   </si>
   <si>
     <t>1971002037</t>
   </si>
   <si>
     <t>P13 - (323-1345) CRYSTAL VIEW BLVD EXT</t>
   </si>
   <si>
     <t>7PSSDB</t>
   </si>
   <si>
     <t>18.60</t>
   </si>
   <si>
     <t>1971002054</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>18.74</t>
   </si>
   <si>
     <t>1971002074</t>
   </si>
   <si>
     <t>18.67</t>
   </si>
   <si>
     <t>1971002089</t>
   </si>
   <si>
     <t>P13 - (323-611) TXDOT - GALVESTON - SH 146 - LEAGUE CITY - 0389-06</t>
   </si>
   <si>
     <t>18.65</t>
   </si>
   <si>
     <t>1971002105</t>
   </si>
   <si>
     <t>18.63</t>
   </si>