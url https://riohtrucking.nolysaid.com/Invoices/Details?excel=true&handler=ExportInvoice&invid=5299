--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -49,51 +49,51 @@
     <t>Direct Pay</t>
   </si>
   <si>
     <t>Truck</t>
   </si>
   <si>
     <t>N° Paid</t>
   </si>
   <si>
     <t>N° Pending</t>
   </si>
   <si>
     <t>Settlement
 of payment</t>
   </si>
   <si>
     <t>06/06/2025</t>
   </si>
   <si>
     <t>R005299</t>
   </si>
   <si>
     <t>D12</t>
   </si>
   <si>
-    <t>Rafael Alvarez (NA)</t>
+    <t>Rafael Alvarez (Supa)</t>
   </si>
   <si>
     <t>Rafael Alvarez</t>
   </si>
   <si>
     <t>#Ticket</t>
   </si>
   <si>
     <t>Pugmill - Order</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Rate</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>1932001497</t>
   </si>