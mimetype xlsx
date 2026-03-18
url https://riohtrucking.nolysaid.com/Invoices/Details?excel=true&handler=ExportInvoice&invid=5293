--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -103,51 +103,51 @@
   <si>
     <t>5PSSDB</t>
   </si>
   <si>
     <t>15.82</t>
   </si>
   <si>
     <t>1971001645</t>
   </si>
   <si>
     <t>P13 - 323-17</t>
   </si>
   <si>
     <t>15.80</t>
   </si>
   <si>
     <t>1971001660</t>
   </si>
   <si>
     <t>15.86</t>
   </si>
   <si>
     <t>1971001668</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>7PSSDB</t>
   </si>
   <si>
     <t>15.94</t>
   </si>
   <si>
     <t>1971001676</t>
   </si>
   <si>
     <t>P13 - (323-1596) Container Yard 1 South</t>
   </si>
   <si>
     <t>10PSSDA</t>
   </si>
   <si>
     <t>15.99</t>
   </si>
   <si>
     <t>1971001687</t>
   </si>
   <si>
     <t>15.96</t>
   </si>