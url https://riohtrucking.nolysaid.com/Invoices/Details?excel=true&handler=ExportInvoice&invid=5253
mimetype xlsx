--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -208,51 +208,51 @@
   <si>
     <t>1971001433</t>
   </si>
   <si>
     <t>15.84</t>
   </si>
   <si>
     <t>1971001446</t>
   </si>
   <si>
     <t>15.95</t>
   </si>
   <si>
     <t>1971001468</t>
   </si>
   <si>
     <t>P13 - 323-610</t>
   </si>
   <si>
     <t>16.07</t>
   </si>
   <si>
     <t>1971001492</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>15.87</t>
   </si>
   <si>
     <t>1971001520</t>
   </si>
   <si>
     <t>16.06</t>
   </si>
   <si>
     <t>1971001531</t>
   </si>
   <si>
     <t>Bonus</t>
   </si>
   <si>
     <t>5%</t>
   </si>
   <si>
     <t>SUBTOTAL</t>
   </si>
   <si>
     <t>Fuel</t>
   </si>