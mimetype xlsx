--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -106,51 +106,51 @@
   <si>
     <t>1971001448</t>
   </si>
   <si>
     <t>P13 - (323-384) Clear Creek Community Church</t>
   </si>
   <si>
     <t>5PSSDB</t>
   </si>
   <si>
     <t>24.69</t>
   </si>
   <si>
     <t>1971001476</t>
   </si>
   <si>
     <t>P13 - (323-506) PECAN RANCH SEC 2</t>
   </si>
   <si>
     <t>24.30</t>
   </si>
   <si>
     <t>1971001497</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>24.58</t>
   </si>
   <si>
     <t>1971001526</t>
   </si>
   <si>
     <t>24.40</t>
   </si>
   <si>
     <t>1971001536</t>
   </si>
   <si>
     <t>P13 - (323-1328) Tractor Supply - Alvin, TX</t>
   </si>
   <si>
     <t>24.64</t>
   </si>
   <si>
     <t>1971001546</t>
   </si>
   <si>
     <t>P13 - (323-906) TAMU Space Institute</t>
   </si>