--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -142,51 +142,51 @@
   <si>
     <t>21.48</t>
   </si>
   <si>
     <t>1971001331</t>
   </si>
   <si>
     <t>P13 - (323-1596) Container Yard 1 South</t>
   </si>
   <si>
     <t>10PSSDA</t>
   </si>
   <si>
     <t>21.57</t>
   </si>
   <si>
     <t>1971001342</t>
   </si>
   <si>
     <t>21.62</t>
   </si>
   <si>
     <t>1971001358</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>21.33</t>
   </si>
   <si>
     <t>1971001371</t>
   </si>
   <si>
     <t>21.69</t>
   </si>
   <si>
     <t>1971001388</t>
   </si>
   <si>
     <t>1971001401</t>
   </si>
   <si>
     <t>P13 - (323-506) PECAN RANCH SEC 2</t>
   </si>
   <si>
     <t>21.47</t>
   </si>
   <si>
     <t>1971001414</t>
   </si>