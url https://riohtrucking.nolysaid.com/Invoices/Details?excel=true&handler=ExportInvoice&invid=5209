--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -268,51 +268,51 @@
   <si>
     <t>P13 - (323-68) ROSEATE BEACH SUBDIVISION, GALVESTON, TEXAS</t>
   </si>
   <si>
     <t>15.79</t>
   </si>
   <si>
     <t>1971001112</t>
   </si>
   <si>
     <t>1971001122</t>
   </si>
   <si>
     <t>15.77</t>
   </si>
   <si>
     <t>1971001131</t>
   </si>
   <si>
     <t>15.91</t>
   </si>
   <si>
     <t>1971001138</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>1971001157</t>
   </si>
   <si>
     <t>P13 - (323-1545) Midline Ph 1 Det and MG</t>
   </si>
   <si>
     <t>15.75</t>
   </si>
   <si>
     <t>1971001167</t>
   </si>
   <si>
     <t>P13 - 323-909</t>
   </si>
   <si>
     <t>15.80</t>
   </si>
   <si>
     <t>1971001176</t>
   </si>
   <si>
     <t>P13 - 323-1303</t>
   </si>