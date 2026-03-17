--- v0 (2026-01-16)
+++ v1 (2026-03-17)
@@ -274,51 +274,51 @@
   <si>
     <t>1971001156</t>
   </si>
   <si>
     <t>P13 - (323-1345) CRYSTAL VIEW BLVD EXT</t>
   </si>
   <si>
     <t>1971001186</t>
   </si>
   <si>
     <t>P13 - (323-340) French Quarter Subdivision</t>
   </si>
   <si>
     <t>1971001198</t>
   </si>
   <si>
     <t>1971001206</t>
   </si>
   <si>
     <t>17.02</t>
   </si>
   <si>
     <t>1971001218</t>
   </si>
   <si>
-    <t>P13 - 323-1591</t>
+    <t xml:space="preserve">P13 - (323-1591) Turner St and Butlers Rd Recon </t>
   </si>
   <si>
     <t>16.96</t>
   </si>
   <si>
     <t>1971001229</t>
   </si>
   <si>
     <t>1971001241</t>
   </si>
   <si>
     <t>P13 - (323-906) TAMU Space Institute</t>
   </si>
   <si>
     <t>Bonus</t>
   </si>
   <si>
     <t>5%</t>
   </si>
   <si>
     <t>SUBTOTAL</t>
   </si>
   <si>
     <t>Fuel</t>
   </si>