--- v0 (2026-01-16)
+++ v1 (2026-03-18)
@@ -13,90 +13,87 @@
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4506"/>
   <workbookPr codeName="ThisWorkbook" defaultThemeVersion="166925"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160"/>
   </bookViews>
   <sheets>
     <sheet name="12-21-2023 TO 12-21-2023" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullPrecision="1" calcId="191029"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36" count="39">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35" count="39">
   <si>
     <t>Bill To:</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>Number</t>
   </si>
   <si>
     <t>Check</t>
   </si>
   <si>
     <t>Truck</t>
   </si>
   <si>
     <t>N° Paid</t>
   </si>
   <si>
     <t>N° Pending</t>
   </si>
   <si>
     <t>Settlement
 of payment</t>
   </si>
   <si>
     <t>12/29/2023</t>
   </si>
   <si>
     <t>R001317</t>
   </si>
   <si>
     <t>D177</t>
   </si>
   <si>
-    <t>Ramon Delgado</t>
-[...2 lines deleted...]
-    <t>Ramoncito</t>
+    <t>Reinier Delgado (R Delgado Trucking)</t>
   </si>
   <si>
     <t>#Ticket</t>
   </si>
   <si>
     <t>Pugmill - Order</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Rate</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>30017981</t>
   </si>
   <si>
     <t>P5 - (26014) WALL 6- TXDOT HARRIS CO. 610/ALMEDA-FANNIN</t>
   </si>
@@ -881,279 +878,279 @@
       <c r="G7" s="3"/>
       <c r="H7" s="3"/>
       <c r="I7" s="5"/>
     </row>
     <row r="8" spans="2:9" ht="15.75" thickTop="1">
       <c r="B8" s="8" t="s">
         <v>0</v>
       </c>
       <c r="C8" s="16" t="s">
         <v>11</v>
       </c>
       <c r="D8" s="16"/>
       <c r="E8" s="5"/>
       <c r="F8" s="9" t="s">
         <v>1</v>
       </c>
       <c r="G8" s="13" t="s">
         <v>8</v>
       </c>
       <c r="H8" s="13"/>
       <c r="I8" s="13"/>
     </row>
     <row r="9" spans="2:8">
       <c r="B9" s="5"/>
       <c r="C9" s="13" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D9" s="13"/>
       <c r="E9" s="5"/>
       <c r="F9" s="4" t="s">
         <v>2</v>
       </c>
       <c r="G9" s="15" t="s">
         <v>9</v>
       </c>
       <c r="H9" s="15"/>
     </row>
     <row r="10" spans="2:8">
       <c r="B10" s="2" t="s">
         <v>5</v>
       </c>
       <c r="C10" s="13">
         <v>6</v>
       </c>
       <c r="D10" s="5"/>
       <c r="E10" s="5"/>
       <c r="F10" s="2" t="s">
         <v>3</v>
       </c>
       <c r="G10" s="13">
         <v>739</v>
       </c>
       <c r="H10" s="13"/>
     </row>
     <row r="11" spans="2:8" ht="15.75" thickBot="1">
       <c r="B11" s="10" t="s">
         <v>6</v>
       </c>
       <c r="C11" s="12">
         <v>0</v>
       </c>
       <c r="D11" s="11"/>
       <c r="E11" s="11"/>
       <c r="F11" s="10" t="s">
         <v>4</v>
       </c>
       <c r="G11" s="20" t="s">
         <v>10</v>
       </c>
       <c r="H11" s="20"/>
     </row>
     <row r="12" ht="15.75" thickTop="1"/>
     <row r="13" spans="1:9">
       <c r="A13" s="25" t="s">
+        <v>12</v>
+      </c>
+      <c r="B13" s="26" t="s">
         <v>13</v>
-      </c>
-[...1 lines deleted...]
-        <v>14</v>
       </c>
       <c r="C13" s="27"/>
       <c r="D13" s="27"/>
       <c r="E13" s="28"/>
       <c r="F13" s="25" t="s">
+        <v>14</v>
+      </c>
+      <c r="G13" s="25" t="s">
         <v>15</v>
       </c>
-      <c r="G13" s="25" t="s">
+      <c r="H13" s="25" t="s">
         <v>16</v>
       </c>
-      <c r="H13" s="25" t="s">
+      <c r="I13" s="25" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:9">
       <c r="A14" s="21" t="s">
+        <v>18</v>
+      </c>
+      <c r="B14" s="22" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="C14" s="22"/>
       <c r="D14" s="22"/>
       <c r="E14" s="22"/>
       <c r="F14" s="23"/>
       <c r="G14" s="29" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="H14" s="24">
         <v>5.45</v>
       </c>
       <c r="I14" s="24">
         <v>104.59</v>
       </c>
     </row>
     <row r="15" spans="1:9">
       <c r="A15" s="21" t="s">
+        <v>21</v>
+      </c>
+      <c r="B15" s="22" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C15" s="22"/>
       <c r="D15" s="22"/>
       <c r="E15" s="22"/>
       <c r="F15" s="23"/>
       <c r="G15" s="29" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="H15" s="24">
         <v>3.95</v>
       </c>
       <c r="I15" s="24">
         <v>76.47</v>
       </c>
     </row>
     <row r="16" spans="1:9">
       <c r="A16" s="21" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="B16" s="22" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C16" s="22"/>
       <c r="D16" s="22"/>
       <c r="E16" s="22"/>
       <c r="F16" s="23"/>
       <c r="G16" s="29" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="H16" s="24">
         <v>5.45</v>
       </c>
       <c r="I16" s="24">
         <v>105.73</v>
       </c>
     </row>
     <row r="17" spans="1:9">
       <c r="A17" s="21" t="s">
+        <v>26</v>
+      </c>
+      <c r="B17" s="22" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="C17" s="22"/>
       <c r="D17" s="22"/>
       <c r="E17" s="22"/>
       <c r="F17" s="23"/>
       <c r="G17" s="29" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="H17" s="24">
         <v>4.9</v>
       </c>
       <c r="I17" s="24">
         <v>94.91</v>
       </c>
     </row>
     <row r="18" spans="1:9">
       <c r="A18" s="21" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B18" s="22" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C18" s="22"/>
       <c r="D18" s="22"/>
       <c r="E18" s="22"/>
       <c r="F18" s="23"/>
       <c r="G18" s="29" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="H18" s="24">
         <v>5.45</v>
       </c>
       <c r="I18" s="24">
         <v>105.24</v>
       </c>
     </row>
     <row r="19" spans="1:9">
       <c r="A19" s="1" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="C19" s="1"/>
       <c r="D19" s="1"/>
       <c r="E19" s="1"/>
       <c r="G19" s="30" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="H19" s="14">
         <v>5.45</v>
       </c>
       <c r="I19" s="14">
         <v>105.84</v>
       </c>
     </row>
     <row r="20" spans="2:9">
       <c r="B20" s="1"/>
       <c r="C20" s="1"/>
       <c r="D20" s="1"/>
       <c r="E20" s="1"/>
       <c r="G20" s="14"/>
       <c r="H20" s="14"/>
       <c r="I20" s="14">
         <v>592.7800000000001</v>
       </c>
     </row>
     <row r="21" spans="1:9">
       <c r="A21" s="1"/>
       <c r="B21" s="19"/>
       <c r="C21" s="19"/>
       <c r="D21" s="19"/>
       <c r="E21" s="19"/>
       <c r="G21" s="14"/>
       <c r="H21" s="30" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="I21" s="14">
         <v>-29.64</v>
       </c>
     </row>
     <row r="22" spans="1:9">
       <c r="A22" s="1"/>
       <c r="B22" s="19"/>
       <c r="C22" s="19"/>
       <c r="D22" s="19"/>
       <c r="E22" s="19"/>
       <c r="G22" s="14"/>
       <c r="H22" s="32" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="I22" s="33">
         <v>563.14</v>
       </c>
     </row>
     <row r="23" spans="1:9">
       <c r="A23" s="1"/>
       <c r="B23" s="19"/>
       <c r="C23" s="19"/>
       <c r="D23" s="19"/>
       <c r="E23" s="19"/>
       <c r="G23" s="14"/>
       <c r="H23" s="14"/>
       <c r="I23" s="14"/>
     </row>
     <row r="24" spans="1:9">
       <c r="A24" s="1"/>
       <c r="B24" s="19"/>
       <c r="C24" s="19"/>
       <c r="D24" s="19"/>
       <c r="E24" s="19"/>
       <c r="G24" s="14"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
     </row>