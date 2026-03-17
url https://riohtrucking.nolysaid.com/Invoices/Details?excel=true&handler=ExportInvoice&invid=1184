--- v0 (2026-01-17)
+++ v1 (2026-03-17)
@@ -52,51 +52,51 @@
     <t>Truck</t>
   </si>
   <si>
     <t>N° Paid</t>
   </si>
   <si>
     <t>N° Pending</t>
   </si>
   <si>
     <t>Settlement
 of payment</t>
   </si>
   <si>
     <t>12/15/2023</t>
   </si>
   <si>
     <t>R001184</t>
   </si>
   <si>
     <t>D36</t>
   </si>
   <si>
     <t>Freddy Quintero</t>
   </si>
   <si>
-    <t>Francisco Sanchez</t>
+    <t>Jose Sanchez</t>
   </si>
   <si>
     <t>#Ticket</t>
   </si>
   <si>
     <t>Pugmill - Order</t>
   </si>
   <si>
     <t>Product</t>
   </si>
   <si>
     <t>Unit</t>
   </si>
   <si>
     <t>Rate</t>
   </si>
   <si>
     <t>Amount</t>
   </si>
   <si>
     <t>72028993</t>
   </si>
   <si>
     <t>P15 - (95880) PEARLAND MEDICAL CENTER</t>
   </si>